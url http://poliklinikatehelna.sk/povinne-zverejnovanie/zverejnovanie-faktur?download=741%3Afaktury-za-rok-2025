--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\FAKTURY\Zverejňovanie faktúr\Zverejnené\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{531ADB92-D800-4AB8-919C-A46AF23F4A46}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B75923D2-A525-45CA-8274-1BF449D8189F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="780" yWindow="720" windowWidth="20340" windowHeight="15480" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="9" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$4:$E$308</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="443" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="168">
   <si>
     <t>Dodávateľ</t>
   </si>
   <si>
     <t>Predmet činnosti</t>
   </si>
   <si>
     <t>suma spolu v €</t>
   </si>
   <si>
     <t>P.číslo</t>
   </si>
   <si>
     <t>mobilné telefóny</t>
   </si>
   <si>
     <t>Orange Slovensko, a.s.</t>
   </si>
   <si>
     <t>vodné, stočné, zrážky</t>
   </si>
   <si>
     <t>SPP, a.s.</t>
   </si>
   <si>
@@ -452,50 +452,122 @@
     <t>prenájom veľkokapacitného kontajnera a likvidácia drevného odpadu</t>
   </si>
   <si>
     <t>MAGENTA, s.r.o.</t>
   </si>
   <si>
     <t>výroba a dodávka informačných tabúľ</t>
   </si>
   <si>
     <t>JO mont s.r.o.</t>
   </si>
   <si>
     <t>dodávka a výmena zatváracích mechanizmov na vetracie časti okien</t>
   </si>
   <si>
     <t>IB Rein, s.r.o.</t>
   </si>
   <si>
     <t>vzorka čistenia travertína - podlahy, steny, schody</t>
   </si>
   <si>
     <t>MP UZAMYKACIE SYSTÉMY s.r.o.</t>
   </si>
   <si>
     <t>vložky, zámky, samozatvárače</t>
+  </si>
+  <si>
+    <t>pokládka podlahovej krytiny - 336, 337</t>
+  </si>
+  <si>
+    <t>Lukáš Paulík - Krtkovanie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">krtkovanie odpadu </t>
+  </si>
+  <si>
+    <t>výmena lámp</t>
+  </si>
+  <si>
+    <t>MEDIHUM, s.r.o.</t>
+  </si>
+  <si>
+    <t>germicídne žiariče</t>
+  </si>
+  <si>
+    <t>Colonnade Insurance S.A.</t>
+  </si>
+  <si>
+    <t>poistenie zodpovednosti COM</t>
+  </si>
+  <si>
+    <t>PROCLEANING, s.r.o.</t>
+  </si>
+  <si>
+    <t>oprava fasády horolezecami</t>
+  </si>
+  <si>
+    <t>maliarske práce na 3. a 4. poschodí</t>
+  </si>
+  <si>
+    <t>maliarkse práce na 1.  a 3. poschodí</t>
+  </si>
+  <si>
+    <t>Marius Pedersen, a.s.</t>
+  </si>
+  <si>
+    <t>vývoz veľkokapacitného kontajnera</t>
+  </si>
+  <si>
+    <t>asanácia živočíšnych škodcov</t>
+  </si>
+  <si>
+    <t>jesenná deratizácia</t>
+  </si>
+  <si>
+    <t>Allianz - Slovenská poisťovňa, a.s.</t>
+  </si>
+  <si>
+    <t>poistenie majetku a všeobecnej zodpovednosti za škodu</t>
+  </si>
+  <si>
+    <t>pokládka podlahovej krytiny -3 a 4 NP</t>
+  </si>
+  <si>
+    <t>Real simple s.r.o.</t>
+  </si>
+  <si>
+    <t>oprava striech nad technologickými miestnosťami a tanečným centrom</t>
+  </si>
+  <si>
+    <t>doplnenie snímača do kotolne</t>
+  </si>
+  <si>
+    <t>Liveinshop s.r.o.</t>
+  </si>
+  <si>
+    <t>pisoárove sitká</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ [$€-1]"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ [$€-41B]"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -866,54 +938,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E223"/>
+  <dimension ref="A1:E279"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A195" workbookViewId="0">
-      <selection activeCell="A224" sqref="A224"/>
+    <sheetView tabSelected="1" topLeftCell="A250" workbookViewId="0">
+      <selection activeCell="A280" sqref="A280"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.28515625" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" customWidth="1"/>
     <col min="3" max="3" width="37.7109375" customWidth="1"/>
     <col min="4" max="4" width="15" style="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="D1" s="4"/>
     </row>
     <row r="2" spans="1:5" ht="21" x14ac:dyDescent="0.35">
       <c r="A2" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="D3" s="4"/>
     </row>
@@ -4193,50 +4265,890 @@
       <c r="B222" t="s">
         <v>48</v>
       </c>
       <c r="C222" t="s">
         <v>49</v>
       </c>
       <c r="D222" s="6">
         <v>1053</v>
       </c>
       <c r="E222" s="8"/>
     </row>
     <row r="223" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A223">
         <v>2191025</v>
       </c>
       <c r="B223" t="s">
         <v>142</v>
       </c>
       <c r="C223" t="s">
         <v>143</v>
       </c>
       <c r="D223" s="6">
         <v>429.52</v>
       </c>
       <c r="E223" s="8"/>
+    </row>
+    <row r="224" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A224">
+        <v>2201025</v>
+      </c>
+      <c r="B224" t="s">
+        <v>15</v>
+      </c>
+      <c r="C224" t="s">
+        <v>16</v>
+      </c>
+      <c r="D224" s="6">
+        <v>1635.9</v>
+      </c>
+      <c r="E224" s="8"/>
+    </row>
+    <row r="225" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A225">
+        <v>2211025</v>
+      </c>
+      <c r="B225" t="s">
+        <v>18</v>
+      </c>
+      <c r="C225" t="s">
+        <v>19</v>
+      </c>
+      <c r="D225" s="6">
+        <v>851</v>
+      </c>
+      <c r="E225" s="8"/>
+    </row>
+    <row r="226" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A226">
+        <v>2221025</v>
+      </c>
+      <c r="B226" t="s">
+        <v>123</v>
+      </c>
+      <c r="C226" t="s">
+        <v>23</v>
+      </c>
+      <c r="D226" s="6">
+        <v>8200</v>
+      </c>
+      <c r="E226" s="8"/>
+    </row>
+    <row r="227" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A227">
+        <v>2231025</v>
+      </c>
+      <c r="B227" t="s">
+        <v>46</v>
+      </c>
+      <c r="C227" t="s">
+        <v>61</v>
+      </c>
+      <c r="D227" s="6">
+        <v>20.91</v>
+      </c>
+      <c r="E227" s="8"/>
+    </row>
+    <row r="228" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A228">
+        <v>2241025</v>
+      </c>
+      <c r="B228" t="s">
+        <v>51</v>
+      </c>
+      <c r="C228" t="s">
+        <v>144</v>
+      </c>
+      <c r="D228" s="6">
+        <v>1805.3</v>
+      </c>
+      <c r="E228" s="8"/>
+    </row>
+    <row r="229" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A229">
+        <v>2251025</v>
+      </c>
+      <c r="B229" t="s">
+        <v>145</v>
+      </c>
+      <c r="C229" t="s">
+        <v>146</v>
+      </c>
+      <c r="D229" s="6">
+        <v>230</v>
+      </c>
+      <c r="E229" s="8"/>
+    </row>
+    <row r="230" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A230">
+        <v>2261025</v>
+      </c>
+      <c r="B230" t="s">
+        <v>7</v>
+      </c>
+      <c r="C230" t="s">
+        <v>8</v>
+      </c>
+      <c r="D230" s="6">
+        <v>201</v>
+      </c>
+      <c r="E230" s="8"/>
+    </row>
+    <row r="231" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A231">
+        <v>2271025</v>
+      </c>
+      <c r="B231" t="s">
+        <v>50</v>
+      </c>
+      <c r="C231" t="s">
+        <v>14</v>
+      </c>
+      <c r="D231" s="6">
+        <v>311.33999999999997</v>
+      </c>
+      <c r="E231" s="8"/>
+    </row>
+    <row r="232" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A232">
+        <v>2281025</v>
+      </c>
+      <c r="B232" t="s">
+        <v>20</v>
+      </c>
+      <c r="C232" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" s="6">
+        <v>44.06</v>
+      </c>
+      <c r="E232" s="8"/>
+    </row>
+    <row r="233" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A233">
+        <v>2291025</v>
+      </c>
+      <c r="B233" t="s">
+        <v>24</v>
+      </c>
+      <c r="C233" t="s">
+        <v>25</v>
+      </c>
+      <c r="D233" s="6">
+        <v>246</v>
+      </c>
+      <c r="E233" s="8"/>
+    </row>
+    <row r="234" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A234">
+        <v>2301025</v>
+      </c>
+      <c r="B234" t="s">
+        <v>70</v>
+      </c>
+      <c r="C234" t="s">
+        <v>71</v>
+      </c>
+      <c r="D234" s="6">
+        <v>184.5</v>
+      </c>
+      <c r="E234" s="8"/>
+    </row>
+    <row r="235" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A235">
+        <v>2311025</v>
+      </c>
+      <c r="B235" t="s">
+        <v>95</v>
+      </c>
+      <c r="C235" t="s">
+        <v>147</v>
+      </c>
+      <c r="D235" s="6">
+        <v>1540</v>
+      </c>
+      <c r="E235" s="8"/>
+    </row>
+    <row r="236" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A236">
+        <v>2321025</v>
+      </c>
+      <c r="B236" t="s">
+        <v>113</v>
+      </c>
+      <c r="C236" t="s">
+        <v>23</v>
+      </c>
+      <c r="D236" s="6">
+        <v>-1377.34</v>
+      </c>
+      <c r="E236" s="8"/>
+    </row>
+    <row r="237" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A237">
+        <v>2331025</v>
+      </c>
+      <c r="B237" t="s">
+        <v>113</v>
+      </c>
+      <c r="C237" t="s">
+        <v>8</v>
+      </c>
+      <c r="D237" s="6">
+        <v>5772.39</v>
+      </c>
+      <c r="E237" s="8"/>
+    </row>
+    <row r="238" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A238">
+        <v>2341025</v>
+      </c>
+      <c r="B238" t="s">
+        <v>27</v>
+      </c>
+      <c r="C238" t="s">
+        <v>28</v>
+      </c>
+      <c r="D238" s="6">
+        <v>738</v>
+      </c>
+      <c r="E238" s="8"/>
+    </row>
+    <row r="239" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A239">
+        <v>2351025</v>
+      </c>
+      <c r="B239" t="s">
+        <v>148</v>
+      </c>
+      <c r="C239" t="s">
+        <v>149</v>
+      </c>
+      <c r="D239" s="6">
+        <v>588</v>
+      </c>
+      <c r="E239" s="8"/>
+    </row>
+    <row r="240" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A240">
+        <v>2361025</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>6</v>
+      </c>
+      <c r="D240" s="6">
+        <v>1819.65</v>
+      </c>
+      <c r="E240" s="8"/>
+    </row>
+    <row r="241" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A241">
+        <v>2371025</v>
+      </c>
+      <c r="B241" t="s">
+        <v>150</v>
+      </c>
+      <c r="C241" t="s">
+        <v>151</v>
+      </c>
+      <c r="D241" s="6">
+        <v>2859</v>
+      </c>
+      <c r="E241" s="8"/>
+    </row>
+    <row r="242" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A242">
+        <v>2381025</v>
+      </c>
+      <c r="B242" t="s">
+        <v>5</v>
+      </c>
+      <c r="C242" t="s">
+        <v>4</v>
+      </c>
+      <c r="D242" s="6">
+        <v>443.2</v>
+      </c>
+      <c r="E242" s="8"/>
+    </row>
+    <row r="243" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A243">
+        <v>2391025</v>
+      </c>
+      <c r="B243" t="s">
+        <v>53</v>
+      </c>
+      <c r="C243" t="s">
+        <v>78</v>
+      </c>
+      <c r="D243" s="9">
+        <v>24638.09</v>
+      </c>
+      <c r="E243" s="8"/>
+    </row>
+    <row r="244" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A244">
+        <v>2401025</v>
+      </c>
+      <c r="B244" t="s">
+        <v>30</v>
+      </c>
+      <c r="C244" t="s">
+        <v>31</v>
+      </c>
+      <c r="D244" s="6">
+        <v>134.83000000000001</v>
+      </c>
+      <c r="E244" s="8"/>
+    </row>
+    <row r="245" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A245">
+        <v>2411025</v>
+      </c>
+      <c r="B245" t="s">
+        <v>148</v>
+      </c>
+      <c r="C245" t="s">
+        <v>149</v>
+      </c>
+      <c r="D245" s="6">
+        <v>588</v>
+      </c>
+      <c r="E245" s="8"/>
+    </row>
+    <row r="246" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A246">
+        <v>2421025</v>
+      </c>
+      <c r="B246" t="s">
+        <v>152</v>
+      </c>
+      <c r="C246" t="s">
+        <v>153</v>
+      </c>
+      <c r="D246" s="6">
+        <v>780</v>
+      </c>
+      <c r="E246" s="8"/>
+    </row>
+    <row r="247" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A247">
+        <v>2431125</v>
+      </c>
+      <c r="B247" t="s">
+        <v>15</v>
+      </c>
+      <c r="C247" t="s">
+        <v>16</v>
+      </c>
+      <c r="D247" s="6">
+        <v>1635.9</v>
+      </c>
+      <c r="E247" s="8"/>
+    </row>
+    <row r="248" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A248">
+        <v>2441125</v>
+      </c>
+      <c r="B248" t="s">
+        <v>7</v>
+      </c>
+      <c r="C248" t="s">
+        <v>8</v>
+      </c>
+      <c r="D248" s="6">
+        <v>332</v>
+      </c>
+      <c r="E248" s="8"/>
+    </row>
+    <row r="249" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A249">
+        <v>2451125</v>
+      </c>
+      <c r="B249" t="s">
+        <v>18</v>
+      </c>
+      <c r="C249" t="s">
+        <v>19</v>
+      </c>
+      <c r="D249" s="6">
+        <v>851</v>
+      </c>
+      <c r="E249" s="8"/>
+    </row>
+    <row r="250" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A250">
+        <v>2461125</v>
+      </c>
+      <c r="B250" t="s">
+        <v>46</v>
+      </c>
+      <c r="C250" t="s">
+        <v>61</v>
+      </c>
+      <c r="D250" s="6">
+        <v>20.91</v>
+      </c>
+      <c r="E250" s="8"/>
+    </row>
+    <row r="251" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A251">
+        <v>2471125</v>
+      </c>
+      <c r="B251" t="s">
+        <v>48</v>
+      </c>
+      <c r="C251" t="s">
+        <v>49</v>
+      </c>
+      <c r="D251" s="6">
+        <v>1088.0999999999999</v>
+      </c>
+      <c r="E251" s="8"/>
+    </row>
+    <row r="252" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A252">
+        <v>2481125</v>
+      </c>
+      <c r="B252" t="s">
+        <v>113</v>
+      </c>
+      <c r="C252" t="s">
+        <v>23</v>
+      </c>
+      <c r="D252" s="6">
+        <v>8200</v>
+      </c>
+      <c r="E252" s="8"/>
+    </row>
+    <row r="253" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A253">
+        <v>2491125</v>
+      </c>
+      <c r="B253" t="s">
+        <v>10</v>
+      </c>
+      <c r="C253" t="s">
+        <v>11</v>
+      </c>
+      <c r="D253" s="6">
+        <v>500.61</v>
+      </c>
+      <c r="E253" s="8"/>
+    </row>
+    <row r="254" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A254">
+        <v>2501125</v>
+      </c>
+      <c r="B254" t="s">
+        <v>20</v>
+      </c>
+      <c r="C254" t="s">
+        <v>21</v>
+      </c>
+      <c r="D254" s="6">
+        <v>44.06</v>
+      </c>
+      <c r="E254" s="8"/>
+    </row>
+    <row r="255" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A255">
+        <v>2511125</v>
+      </c>
+      <c r="B255" t="s">
+        <v>10</v>
+      </c>
+      <c r="C255" t="s">
+        <v>11</v>
+      </c>
+      <c r="D255" s="6">
+        <v>500.61</v>
+      </c>
+      <c r="E255" s="8"/>
+    </row>
+    <row r="256" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A256">
+        <v>2521125</v>
+      </c>
+      <c r="B256" t="s">
+        <v>54</v>
+      </c>
+      <c r="C256" t="s">
+        <v>12</v>
+      </c>
+      <c r="D256" s="6">
+        <v>3013.5</v>
+      </c>
+      <c r="E256" s="8"/>
+    </row>
+    <row r="257" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A257">
+        <v>2531125</v>
+      </c>
+      <c r="B257" t="s">
+        <v>13</v>
+      </c>
+      <c r="C257" t="s">
+        <v>45</v>
+      </c>
+      <c r="D257" s="6">
+        <v>5436.81</v>
+      </c>
+      <c r="E257" s="8"/>
+    </row>
+    <row r="258" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A258">
+        <v>2541125</v>
+      </c>
+      <c r="B258" t="s">
+        <v>13</v>
+      </c>
+      <c r="C258" t="s">
+        <v>45</v>
+      </c>
+      <c r="D258" s="6">
+        <v>5436.81</v>
+      </c>
+      <c r="E258" s="8"/>
+    </row>
+    <row r="259" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A259">
+        <v>2551125</v>
+      </c>
+      <c r="B259" t="s">
+        <v>54</v>
+      </c>
+      <c r="C259" t="s">
+        <v>12</v>
+      </c>
+      <c r="D259" s="6">
+        <v>3013.5</v>
+      </c>
+      <c r="E259" s="8"/>
+    </row>
+    <row r="260" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A260">
+        <v>2561125</v>
+      </c>
+      <c r="B260" t="s">
+        <v>50</v>
+      </c>
+      <c r="C260" t="s">
+        <v>14</v>
+      </c>
+      <c r="D260" s="6">
+        <v>314.08999999999997</v>
+      </c>
+      <c r="E260" s="8"/>
+    </row>
+    <row r="261" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A261">
+        <v>2571125</v>
+      </c>
+      <c r="B261" t="s">
+        <v>66</v>
+      </c>
+      <c r="C261" t="s">
+        <v>154</v>
+      </c>
+      <c r="D261" s="6">
+        <v>2739.4</v>
+      </c>
+      <c r="E261" s="8"/>
+    </row>
+    <row r="262" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A262">
+        <v>2581125</v>
+      </c>
+      <c r="B262" t="s">
+        <v>66</v>
+      </c>
+      <c r="C262" t="s">
+        <v>155</v>
+      </c>
+      <c r="D262" s="6">
+        <v>2315</v>
+      </c>
+      <c r="E262" s="8"/>
+    </row>
+    <row r="263" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A263">
+        <v>2591125</v>
+      </c>
+      <c r="B263" t="s">
+        <v>24</v>
+      </c>
+      <c r="C263" t="s">
+        <v>25</v>
+      </c>
+      <c r="D263" s="6">
+        <v>246</v>
+      </c>
+      <c r="E263" s="8"/>
+    </row>
+    <row r="264" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A264">
+        <v>2601125</v>
+      </c>
+      <c r="B264" t="s">
+        <v>156</v>
+      </c>
+      <c r="C264" t="s">
+        <v>157</v>
+      </c>
+      <c r="D264" s="6">
+        <v>1169.6400000000001</v>
+      </c>
+      <c r="E264" s="8"/>
+    </row>
+    <row r="265" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A265">
+        <v>2611125</v>
+      </c>
+      <c r="B265" t="s">
+        <v>132</v>
+      </c>
+      <c r="C265" t="s">
+        <v>158</v>
+      </c>
+      <c r="D265" s="6">
+        <v>861</v>
+      </c>
+      <c r="E265" s="8"/>
+    </row>
+    <row r="266" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A266">
+        <v>2621125</v>
+      </c>
+      <c r="B266" t="s">
+        <v>113</v>
+      </c>
+      <c r="C266" t="s">
+        <v>23</v>
+      </c>
+      <c r="D266" s="6">
+        <v>533.12</v>
+      </c>
+      <c r="E266" s="8"/>
+    </row>
+    <row r="267" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A267">
+        <v>2631125</v>
+      </c>
+      <c r="B267" t="s">
+        <v>27</v>
+      </c>
+      <c r="C267" t="s">
+        <v>28</v>
+      </c>
+      <c r="D267" s="6">
+        <v>738</v>
+      </c>
+      <c r="E267" s="8"/>
+    </row>
+    <row r="268" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A268">
+        <v>2641125</v>
+      </c>
+      <c r="B268" t="s">
+        <v>43</v>
+      </c>
+      <c r="C268" t="s">
+        <v>44</v>
+      </c>
+      <c r="D268" s="6">
+        <v>73.8</v>
+      </c>
+      <c r="E268" s="8"/>
+    </row>
+    <row r="269" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A269">
+        <v>2651125</v>
+      </c>
+      <c r="B269" t="s">
+        <v>123</v>
+      </c>
+      <c r="C269" t="s">
+        <v>8</v>
+      </c>
+      <c r="D269" s="6">
+        <v>15927.17</v>
+      </c>
+      <c r="E269" s="8"/>
+    </row>
+    <row r="270" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A270">
+        <v>2661125</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>6</v>
+      </c>
+      <c r="D270" s="6">
+        <v>2093.23</v>
+      </c>
+      <c r="E270" s="8"/>
+    </row>
+    <row r="271" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A271">
+        <v>2671125</v>
+      </c>
+      <c r="B271" t="s">
+        <v>132</v>
+      </c>
+      <c r="C271" t="s">
+        <v>159</v>
+      </c>
+      <c r="D271" s="6">
+        <v>172.2</v>
+      </c>
+      <c r="E271" s="8"/>
+    </row>
+    <row r="272" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A272">
+        <v>2681125</v>
+      </c>
+      <c r="B272" t="s">
+        <v>160</v>
+      </c>
+      <c r="C272" t="s">
+        <v>161</v>
+      </c>
+      <c r="D272" s="6">
+        <v>5640.29</v>
+      </c>
+      <c r="E272" s="8"/>
+    </row>
+    <row r="273" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A273">
+        <v>2691125</v>
+      </c>
+      <c r="B273" t="s">
+        <v>5</v>
+      </c>
+      <c r="C273" t="s">
+        <v>4</v>
+      </c>
+      <c r="D273" s="6">
+        <v>451.04</v>
+      </c>
+      <c r="E273" s="8"/>
+    </row>
+    <row r="274" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A274">
+        <v>2701125</v>
+      </c>
+      <c r="B274" t="s">
+        <v>51</v>
+      </c>
+      <c r="C274" t="s">
+        <v>162</v>
+      </c>
+      <c r="D274" s="6">
+        <v>9408.41</v>
+      </c>
+      <c r="E274" s="8"/>
+    </row>
+    <row r="275" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A275">
+        <v>2711125</v>
+      </c>
+      <c r="B275" t="s">
+        <v>163</v>
+      </c>
+      <c r="C275" t="s">
+        <v>164</v>
+      </c>
+      <c r="D275" s="6">
+        <v>58836.29</v>
+      </c>
+      <c r="E275" s="8"/>
+    </row>
+    <row r="276" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A276">
+        <v>2721125</v>
+      </c>
+      <c r="B276" t="s">
+        <v>24</v>
+      </c>
+      <c r="C276" t="s">
+        <v>97</v>
+      </c>
+      <c r="D276" s="6">
+        <v>621.15</v>
+      </c>
+      <c r="E276" s="8"/>
+    </row>
+    <row r="277" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A277">
+        <v>2731125</v>
+      </c>
+      <c r="B277" t="s">
+        <v>111</v>
+      </c>
+      <c r="C277" t="s">
+        <v>165</v>
+      </c>
+      <c r="D277" s="6">
+        <v>145</v>
+      </c>
+      <c r="E277" s="8"/>
+    </row>
+    <row r="278" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A278">
+        <v>2741125</v>
+      </c>
+      <c r="B278" t="s">
+        <v>15</v>
+      </c>
+      <c r="C278" t="s">
+        <v>16</v>
+      </c>
+      <c r="D278" s="6">
+        <v>1635.9</v>
+      </c>
+      <c r="E278" s="8"/>
+    </row>
+    <row r="279" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A279">
+        <v>2751125</v>
+      </c>
+      <c r="B279" t="s">
+        <v>166</v>
+      </c>
+      <c r="C279" t="s">
+        <v>167</v>
+      </c>
+      <c r="D279" s="6">
+        <v>116.5</v>
+      </c>
+      <c r="E279" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>