--- v1 (2025-12-07)
+++ v2 (2026-01-21)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="X:\FAKTURY\Zverejňovanie faktúr\Zverejnené\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B75923D2-A525-45CA-8274-1BF449D8189F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38D44D2C-B35F-44F0-B3A7-EE67F82CE672}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2025" sheetId="9" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'2025'!$A$4:$E$308</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="168">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="651" uniqueCount="188">
   <si>
     <t>Dodávateľ</t>
   </si>
   <si>
     <t>Predmet činnosti</t>
   </si>
   <si>
     <t>suma spolu v €</t>
   </si>
   <si>
     <t>P.číslo</t>
   </si>
   <si>
     <t>mobilné telefóny</t>
   </si>
   <si>
     <t>Orange Slovensko, a.s.</t>
   </si>
   <si>
     <t>vodné, stočné, zrážky</t>
   </si>
   <si>
     <t>SPP, a.s.</t>
   </si>
   <si>
@@ -524,50 +524,110 @@
     <t>jesenná deratizácia</t>
   </si>
   <si>
     <t>Allianz - Slovenská poisťovňa, a.s.</t>
   </si>
   <si>
     <t>poistenie majetku a všeobecnej zodpovednosti za škodu</t>
   </si>
   <si>
     <t>pokládka podlahovej krytiny -3 a 4 NP</t>
   </si>
   <si>
     <t>Real simple s.r.o.</t>
   </si>
   <si>
     <t>oprava striech nad technologickými miestnosťami a tanečným centrom</t>
   </si>
   <si>
     <t>doplnenie snímača do kotolne</t>
   </si>
   <si>
     <t>Liveinshop s.r.o.</t>
   </si>
   <si>
     <t>pisoárove sitká</t>
+  </si>
+  <si>
+    <t>profylaktická skúška - parkovací systém</t>
+  </si>
+  <si>
+    <t>Mgr. Dana Feketeová - Dana Fekete</t>
+  </si>
+  <si>
+    <t>zasklievanie okna</t>
+  </si>
+  <si>
+    <t>elektroúdržba</t>
+  </si>
+  <si>
+    <t>ovladače NICE 5ks</t>
+  </si>
+  <si>
+    <t>GEOMA.SK, s.r.o.</t>
+  </si>
+  <si>
+    <t>zameranie situácie obvodu terasy pre peších a výškových pomerov</t>
+  </si>
+  <si>
+    <t>Deli Catering s.r.o.</t>
+  </si>
+  <si>
+    <t>občerstvenie</t>
+  </si>
+  <si>
+    <t>3MP projekt, s.r.o.</t>
+  </si>
+  <si>
+    <t>aktualizácia výkazu výmer</t>
+  </si>
+  <si>
+    <t>generálne upratovanie</t>
+  </si>
+  <si>
+    <t>revízie plynu</t>
+  </si>
+  <si>
+    <t>OfficeLand, s.r.o.</t>
+  </si>
+  <si>
+    <t>kancelárske potreby</t>
+  </si>
+  <si>
+    <t>HYDROCONSULTING, s.r.o.</t>
+  </si>
+  <si>
+    <t>PD - rekonštrukcia terasy pre peších</t>
+  </si>
+  <si>
+    <t>R-Wood s.r.o.</t>
+  </si>
+  <si>
+    <t>výroba, dodávka a montáž bezfalcových dvier do ambulancií</t>
+  </si>
+  <si>
+    <t>oprava výťahu č. V5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ [$€-1]"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ [$€-41B]"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
@@ -938,54 +998,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E279"/>
+  <dimension ref="A1:E327"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A250" workbookViewId="0">
-      <selection activeCell="A280" sqref="A280"/>
+    <sheetView tabSelected="1" topLeftCell="A295" workbookViewId="0">
+      <selection activeCell="A328" sqref="A328"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.28515625" customWidth="1"/>
     <col min="2" max="2" width="25.5703125" customWidth="1"/>
     <col min="3" max="3" width="37.7109375" customWidth="1"/>
     <col min="4" max="4" width="15" style="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="D1" s="4"/>
     </row>
     <row r="2" spans="1:5" ht="21" x14ac:dyDescent="0.35">
       <c r="A2" s="10" t="s">
         <v>29</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="D3" s="4"/>
     </row>
@@ -5105,50 +5165,770 @@
       <c r="B278" t="s">
         <v>15</v>
       </c>
       <c r="C278" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="6">
         <v>1635.9</v>
       </c>
       <c r="E278" s="8"/>
     </row>
     <row r="279" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A279">
         <v>2751125</v>
       </c>
       <c r="B279" t="s">
         <v>166</v>
       </c>
       <c r="C279" t="s">
         <v>167</v>
       </c>
       <c r="D279" s="6">
         <v>116.5</v>
       </c>
       <c r="E279" s="8"/>
+    </row>
+    <row r="280" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A280">
+        <v>2761225</v>
+      </c>
+      <c r="B280" t="s">
+        <v>18</v>
+      </c>
+      <c r="C280" t="s">
+        <v>19</v>
+      </c>
+      <c r="D280" s="6">
+        <v>851</v>
+      </c>
+      <c r="E280" s="8"/>
+    </row>
+    <row r="281" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A281">
+        <v>2771225</v>
+      </c>
+      <c r="B281" t="s">
+        <v>132</v>
+      </c>
+      <c r="C281" t="s">
+        <v>158</v>
+      </c>
+      <c r="D281" s="6">
+        <v>861</v>
+      </c>
+      <c r="E281" s="8"/>
+    </row>
+    <row r="282" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A282">
+        <v>2781225</v>
+      </c>
+      <c r="B282" t="s">
+        <v>10</v>
+      </c>
+      <c r="C282" t="s">
+        <v>11</v>
+      </c>
+      <c r="D282" s="6">
+        <v>500.61</v>
+      </c>
+      <c r="E282" s="8"/>
+    </row>
+    <row r="283" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A283">
+        <v>2791225</v>
+      </c>
+      <c r="B283" t="s">
+        <v>48</v>
+      </c>
+      <c r="C283" t="s">
+        <v>49</v>
+      </c>
+      <c r="D283" s="6">
+        <v>1053</v>
+      </c>
+      <c r="E283" s="8"/>
+    </row>
+    <row r="284" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A284">
+        <v>2801225</v>
+      </c>
+      <c r="B284" t="s">
+        <v>13</v>
+      </c>
+      <c r="C284" t="s">
+        <v>45</v>
+      </c>
+      <c r="D284" s="6">
+        <v>5436.81</v>
+      </c>
+      <c r="E284" s="8"/>
+    </row>
+    <row r="285" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A285">
+        <v>2811225</v>
+      </c>
+      <c r="B285" t="s">
+        <v>113</v>
+      </c>
+      <c r="C285" t="s">
+        <v>23</v>
+      </c>
+      <c r="D285" s="6">
+        <v>8200</v>
+      </c>
+      <c r="E285" s="8"/>
+    </row>
+    <row r="286" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A286">
+        <v>2821225</v>
+      </c>
+      <c r="B286" t="s">
+        <v>46</v>
+      </c>
+      <c r="C286" t="s">
+        <v>61</v>
+      </c>
+      <c r="D286" s="6">
+        <v>20.91</v>
+      </c>
+      <c r="E286" s="8"/>
+    </row>
+    <row r="287" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A287">
+        <v>2831225</v>
+      </c>
+      <c r="B287" t="s">
+        <v>50</v>
+      </c>
+      <c r="C287" t="s">
+        <v>14</v>
+      </c>
+      <c r="D287" s="6">
+        <v>311.33999999999997</v>
+      </c>
+      <c r="E287" s="8"/>
+    </row>
+    <row r="288" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A288">
+        <v>2841225</v>
+      </c>
+      <c r="B288" t="s">
+        <v>7</v>
+      </c>
+      <c r="C288" t="s">
+        <v>8</v>
+      </c>
+      <c r="D288" s="6">
+        <v>391</v>
+      </c>
+      <c r="E288" s="8"/>
+    </row>
+    <row r="289" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A289">
+        <v>2851225</v>
+      </c>
+      <c r="B289" t="s">
+        <v>54</v>
+      </c>
+      <c r="C289" t="s">
+        <v>12</v>
+      </c>
+      <c r="D289" s="6">
+        <v>3013.5</v>
+      </c>
+      <c r="E289" s="8"/>
+    </row>
+    <row r="290" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A290">
+        <v>2861225</v>
+      </c>
+      <c r="B290" t="s">
+        <v>24</v>
+      </c>
+      <c r="C290" t="s">
+        <v>25</v>
+      </c>
+      <c r="D290" s="6">
+        <v>246</v>
+      </c>
+      <c r="E290" s="8"/>
+    </row>
+    <row r="291" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A291">
+        <v>2871225</v>
+      </c>
+      <c r="B291" t="s">
+        <v>20</v>
+      </c>
+      <c r="C291" t="s">
+        <v>21</v>
+      </c>
+      <c r="D291" s="6">
+        <v>44.06</v>
+      </c>
+      <c r="E291" s="8"/>
+    </row>
+    <row r="292" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A292">
+        <v>2881225</v>
+      </c>
+      <c r="B292" t="s">
+        <v>24</v>
+      </c>
+      <c r="C292" t="s">
+        <v>168</v>
+      </c>
+      <c r="D292" s="6">
+        <v>339.48</v>
+      </c>
+      <c r="E292" s="8"/>
+    </row>
+    <row r="293" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A293">
+        <v>2891225</v>
+      </c>
+      <c r="B293" t="s">
+        <v>15</v>
+      </c>
+      <c r="C293" t="s">
+        <v>16</v>
+      </c>
+      <c r="D293" s="6">
+        <v>1635.9</v>
+      </c>
+      <c r="E293" s="8"/>
+    </row>
+    <row r="294" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A294">
+        <v>2901225</v>
+      </c>
+      <c r="B294" t="s">
+        <v>169</v>
+      </c>
+      <c r="C294" t="s">
+        <v>170</v>
+      </c>
+      <c r="D294" s="6">
+        <v>192</v>
+      </c>
+      <c r="E294" s="8"/>
+    </row>
+    <row r="295" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A295">
+        <v>2911225</v>
+      </c>
+      <c r="B295" t="s">
+        <v>113</v>
+      </c>
+      <c r="C295" t="s">
+        <v>8</v>
+      </c>
+      <c r="D295" s="6">
+        <v>28624.1</v>
+      </c>
+      <c r="E295" s="8"/>
+    </row>
+    <row r="296" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A296">
+        <v>2921225</v>
+      </c>
+      <c r="B296" t="s">
+        <v>95</v>
+      </c>
+      <c r="C296" t="s">
+        <v>171</v>
+      </c>
+      <c r="D296" s="6">
+        <v>1280</v>
+      </c>
+      <c r="E296" s="8"/>
+    </row>
+    <row r="297" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A297">
+        <v>2931225</v>
+      </c>
+      <c r="B297" t="s">
+        <v>76</v>
+      </c>
+      <c r="C297" t="s">
+        <v>172</v>
+      </c>
+      <c r="D297" s="6">
+        <v>173.31</v>
+      </c>
+      <c r="E297" s="8"/>
+    </row>
+    <row r="298" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A298">
+        <v>2941225</v>
+      </c>
+      <c r="B298" t="s">
+        <v>173</v>
+      </c>
+      <c r="C298" t="s">
+        <v>174</v>
+      </c>
+      <c r="D298" s="6">
+        <v>861</v>
+      </c>
+      <c r="E298" s="8"/>
+    </row>
+    <row r="299" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A299">
+        <v>2951225</v>
+      </c>
+      <c r="B299" t="s">
+        <v>113</v>
+      </c>
+      <c r="C299" t="s">
+        <v>23</v>
+      </c>
+      <c r="D299" s="6">
+        <v>2177.1</v>
+      </c>
+      <c r="E299" s="8"/>
+    </row>
+    <row r="300" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A300">
+        <v>2961225</v>
+      </c>
+      <c r="B300" t="s">
+        <v>27</v>
+      </c>
+      <c r="C300" t="s">
+        <v>28</v>
+      </c>
+      <c r="D300" s="6">
+        <v>738</v>
+      </c>
+      <c r="E300" s="8"/>
+    </row>
+    <row r="301" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A301">
+        <v>2971225</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>6</v>
+      </c>
+      <c r="D301" s="6">
+        <v>2317.66</v>
+      </c>
+      <c r="E301" s="8"/>
+    </row>
+    <row r="302" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A302">
+        <v>2981225</v>
+      </c>
+      <c r="B302" t="s">
+        <v>175</v>
+      </c>
+      <c r="C302" t="s">
+        <v>176</v>
+      </c>
+      <c r="D302" s="6">
+        <v>33.799999999999997</v>
+      </c>
+      <c r="E302" s="8"/>
+    </row>
+    <row r="303" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A303">
+        <v>2991225</v>
+      </c>
+      <c r="B303" t="s">
+        <v>177</v>
+      </c>
+      <c r="C303" t="s">
+        <v>178</v>
+      </c>
+      <c r="D303" s="6">
+        <v>246</v>
+      </c>
+      <c r="E303" s="8"/>
+    </row>
+    <row r="304" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A304">
+        <v>3001225</v>
+      </c>
+      <c r="B304" t="s">
+        <v>114</v>
+      </c>
+      <c r="C304" t="s">
+        <v>115</v>
+      </c>
+      <c r="D304" s="6">
+        <v>494.46</v>
+      </c>
+      <c r="E304" s="8"/>
+    </row>
+    <row r="305" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A305">
+        <v>3011225</v>
+      </c>
+      <c r="B305" t="s">
+        <v>13</v>
+      </c>
+      <c r="C305" t="s">
+        <v>179</v>
+      </c>
+      <c r="D305" s="6">
+        <v>1918.8</v>
+      </c>
+      <c r="E305" s="8"/>
+    </row>
+    <row r="306" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A306">
+        <v>3021225</v>
+      </c>
+      <c r="B306" t="s">
+        <v>93</v>
+      </c>
+      <c r="C306" t="s">
+        <v>180</v>
+      </c>
+      <c r="D306" s="6">
+        <v>1285.0999999999999</v>
+      </c>
+      <c r="E306" s="8"/>
+    </row>
+    <row r="307" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A307">
+        <v>3031225</v>
+      </c>
+      <c r="B307" t="s">
+        <v>181</v>
+      </c>
+      <c r="C307" t="s">
+        <v>182</v>
+      </c>
+      <c r="D307" s="6">
+        <v>199.75</v>
+      </c>
+      <c r="E307" s="8"/>
+    </row>
+    <row r="308" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A308">
+        <v>3041225</v>
+      </c>
+      <c r="B308" t="s">
+        <v>5</v>
+      </c>
+      <c r="C308" t="s">
+        <v>4</v>
+      </c>
+      <c r="D308" s="6">
+        <v>514.01</v>
+      </c>
+      <c r="E308" s="8"/>
+    </row>
+    <row r="309" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A309">
+        <v>3051225</v>
+      </c>
+      <c r="B309" t="s">
+        <v>183</v>
+      </c>
+      <c r="C309" t="s">
+        <v>184</v>
+      </c>
+      <c r="D309" s="6">
+        <v>41770.800000000003</v>
+      </c>
+      <c r="E309" s="8"/>
+    </row>
+    <row r="310" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A310">
+        <v>3061225</v>
+      </c>
+      <c r="B310" t="s">
+        <v>5</v>
+      </c>
+      <c r="C310" t="s">
+        <v>4</v>
+      </c>
+      <c r="D310" s="6">
+        <v>4576</v>
+      </c>
+      <c r="E310" s="8"/>
+    </row>
+    <row r="311" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A311">
+        <v>3071225</v>
+      </c>
+      <c r="B311" t="s">
+        <v>185</v>
+      </c>
+      <c r="C311" t="s">
+        <v>186</v>
+      </c>
+      <c r="D311" s="6">
+        <v>3730</v>
+      </c>
+      <c r="E311" s="8"/>
+    </row>
+    <row r="312" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A312">
+        <v>3081225</v>
+      </c>
+      <c r="B312" t="s">
+        <v>10</v>
+      </c>
+      <c r="C312" t="s">
+        <v>11</v>
+      </c>
+      <c r="D312" s="6">
+        <v>500.61</v>
+      </c>
+      <c r="E312" s="8"/>
+    </row>
+    <row r="313" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A313">
+        <v>3091225</v>
+      </c>
+      <c r="B313" t="s">
+        <v>18</v>
+      </c>
+      <c r="C313" t="s">
+        <v>19</v>
+      </c>
+      <c r="D313" s="6">
+        <v>851</v>
+      </c>
+      <c r="E313" s="8"/>
+    </row>
+    <row r="314" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A314">
+        <v>3101225</v>
+      </c>
+      <c r="B314" t="s">
+        <v>18</v>
+      </c>
+      <c r="C314" t="s">
+        <v>187</v>
+      </c>
+      <c r="D314" s="6">
+        <v>7360.9</v>
+      </c>
+      <c r="E314" s="8"/>
+    </row>
+    <row r="315" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A315">
+        <v>3111225</v>
+      </c>
+      <c r="B315" t="s">
+        <v>13</v>
+      </c>
+      <c r="C315" t="s">
+        <v>45</v>
+      </c>
+      <c r="D315" s="6">
+        <v>5436.81</v>
+      </c>
+      <c r="E315" s="8"/>
+    </row>
+    <row r="316" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A316">
+        <v>3121225</v>
+      </c>
+      <c r="B316" t="s">
+        <v>46</v>
+      </c>
+      <c r="C316" t="s">
+        <v>61</v>
+      </c>
+      <c r="D316" s="6">
+        <v>20.91</v>
+      </c>
+      <c r="E316" s="8"/>
+    </row>
+    <row r="317" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A317">
+        <v>3131225</v>
+      </c>
+      <c r="B317" t="s">
+        <v>70</v>
+      </c>
+      <c r="C317" t="s">
+        <v>71</v>
+      </c>
+      <c r="D317" s="6">
+        <v>184.5</v>
+      </c>
+      <c r="E317" s="8"/>
+    </row>
+    <row r="318" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A318">
+        <v>3141225</v>
+      </c>
+      <c r="B318" t="s">
+        <v>20</v>
+      </c>
+      <c r="C318" t="s">
+        <v>21</v>
+      </c>
+      <c r="D318" s="6">
+        <v>44.06</v>
+      </c>
+      <c r="E318" s="8"/>
+    </row>
+    <row r="319" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A319">
+        <v>3151225</v>
+      </c>
+      <c r="B319" t="s">
+        <v>50</v>
+      </c>
+      <c r="C319" t="s">
+        <v>14</v>
+      </c>
+      <c r="D319" s="6">
+        <v>308.57</v>
+      </c>
+      <c r="E319" s="8"/>
+    </row>
+    <row r="320" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A320">
+        <v>3161225</v>
+      </c>
+      <c r="B320" t="s">
+        <v>54</v>
+      </c>
+      <c r="C320" t="s">
+        <v>12</v>
+      </c>
+      <c r="D320" s="6">
+        <v>3013.5</v>
+      </c>
+      <c r="E320" s="8"/>
+    </row>
+    <row r="321" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A321">
+        <v>3171225</v>
+      </c>
+      <c r="B321" t="s">
+        <v>24</v>
+      </c>
+      <c r="C321" t="s">
+        <v>25</v>
+      </c>
+      <c r="D321" s="6">
+        <v>246</v>
+      </c>
+      <c r="E321" s="8"/>
+    </row>
+    <row r="322" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A322">
+        <v>3181225</v>
+      </c>
+      <c r="B322" t="s">
+        <v>113</v>
+      </c>
+      <c r="C322" t="s">
+        <v>8</v>
+      </c>
+      <c r="D322" s="6">
+        <v>36046.519999999997</v>
+      </c>
+      <c r="E322" s="8"/>
+    </row>
+    <row r="323" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A323">
+        <v>3191225</v>
+      </c>
+      <c r="B323" t="s">
+        <v>113</v>
+      </c>
+      <c r="C323" t="s">
+        <v>23</v>
+      </c>
+      <c r="D323" s="6">
+        <v>1034.76</v>
+      </c>
+      <c r="E323" s="8"/>
+    </row>
+    <row r="324" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A324">
+        <v>3201225</v>
+      </c>
+      <c r="B324" t="s">
+        <v>24</v>
+      </c>
+      <c r="C324" t="s">
+        <v>60</v>
+      </c>
+      <c r="D324" s="6">
+        <v>1301.3399999999999</v>
+      </c>
+      <c r="E324" s="8"/>
+    </row>
+    <row r="325" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A325">
+        <v>3211225</v>
+      </c>
+      <c r="B325" t="s">
+        <v>48</v>
+      </c>
+      <c r="C325" t="s">
+        <v>49</v>
+      </c>
+      <c r="D325" s="6">
+        <v>1088.0999999999999</v>
+      </c>
+      <c r="E325" s="8"/>
+    </row>
+    <row r="326" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A326">
+        <v>3221225</v>
+      </c>
+      <c r="B326" t="s">
+        <v>7</v>
+      </c>
+      <c r="C326" t="s">
+        <v>8</v>
+      </c>
+      <c r="D326" s="6">
+        <v>-213.62</v>
+      </c>
+      <c r="E326" s="8"/>
+    </row>
+    <row r="327" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A327">
+        <v>3231225</v>
+      </c>
+      <c r="B327" t="s">
+        <v>27</v>
+      </c>
+      <c r="C327" t="s">
+        <v>28</v>
+      </c>
+      <c r="D327" s="6">
+        <v>738</v>
+      </c>
+      <c r="E327" s="8"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>